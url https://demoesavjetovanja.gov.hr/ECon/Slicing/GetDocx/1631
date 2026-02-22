--- v0 (2025-11-11)
+++ v1 (2026-02-22)
@@ -1,22 +1,22 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="dat" ContentType="message/rfc822"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96759ef8829f49e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R23bca128db28400d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:altChunk xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="myId"/>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/aFChunk" Target="/word/afchunk.dat" Id="myId" /></Relationships>
 </file>