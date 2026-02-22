--- v1 (2026-02-22)
+++ v2 (2026-02-22)
@@ -1,22 +1,22 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="dat" ContentType="message/rfc822"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R23bca128db28400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b8eb97024a54d32" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:altChunk xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="myId"/>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/aFChunk" Target="/word/afchunk.dat" Id="myId" /></Relationships>
 </file>